--- v0 (2025-12-14)
+++ v1 (2026-03-09)
@@ -74,51 +74,51 @@
   <si>
     <t>Chagami bolo</t>
   </si>
   <si>
     <t>Строительство туалета в среднем школе, в селе Чогами боло</t>
   </si>
   <si>
     <t>Community sports infrastructure</t>
   </si>
   <si>
     <t>Строительство стадиона в селе Чагами боло</t>
   </si>
   <si>
     <t>Drinking water</t>
   </si>
   <si>
     <t>Строительство питьевая вода в селе Чагами боло</t>
   </si>
   <si>
     <t>Unknown category</t>
   </si>
   <si>
     <t>Health</t>
   </si>
   <si>
-    <t>Lohur</t>
+    <t>Lohur (Rudaki)</t>
   </si>
   <si>
     <t>Mingichar</t>
   </si>
   <si>
     <t>Оборудование для медицинского пункта в селе Мингичар</t>
   </si>
   <si>
     <t>Строительство стадиона в селе Мингичар</t>
   </si>
   <si>
     <t>Restoration</t>
   </si>
   <si>
     <t>Roads and bridges</t>
   </si>
   <si>
     <t>Ремонт дорог в селе Мингичар</t>
   </si>
   <si>
     <t>Строительство детского сада в селе Мингичар</t>
   </si>
   <si>
     <t>Строительство питьевая вода в селе Мингичар</t>
   </si>