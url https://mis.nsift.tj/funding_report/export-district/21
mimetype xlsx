--- v0 (2025-12-14)
+++ v1 (2026-03-10)
@@ -242,51 +242,51 @@
   <si>
     <t>Строительство цеха по переработке фруктов и овощей в селе Шичозг, джамоат Шахбозов, район Шугнан</t>
   </si>
   <si>
     <t>M. Shurunjonov</t>
   </si>
   <si>
     <t>Diryomch</t>
   </si>
   <si>
     <t>Строительство спортивной площадки в селе Диремч, джамоат Пошнев, район Шугнан</t>
   </si>
   <si>
     <t>Строительство линия оросительная вода в селе Диремч, джамоат Пошнев, район Шугнан</t>
   </si>
   <si>
     <t>Choshkandez</t>
   </si>
   <si>
     <t>Строительство линии питьевой воды в селе Чошкандез, джамоат М Ширинчонов, район Шугнан</t>
   </si>
   <si>
     <t>Ремонт школв в селе Чошкандез, джамоат М Ширинчонов, район Шугнан</t>
   </si>
   <si>
-    <t>Navobod</t>
+    <t>Navobod(Shugnon)</t>
   </si>
   <si>
     <t>Garchvin</t>
   </si>
   <si>
     <t>Ремонт моста в селе Горчвин, джамоат Навобод, район Шугнан</t>
   </si>
   <si>
     <t>Строительство спортивного площадка в селе Горчвин, джамоат Навобод, район Шугнан</t>
   </si>
   <si>
     <t>Строительство центр ранного развития детей в селе Вибист, джамоат Навобод, район Шугнан</t>
   </si>
   <si>
     <t>Vibist</t>
   </si>
   <si>
     <t>Строительство школа в селе Вибист, джамоат Навобод, район Шугнан</t>
   </si>
   <si>
     <t>Energy</t>
   </si>
   <si>
     <t>Navobod(Navobod-Shughnon)</t>
   </si>