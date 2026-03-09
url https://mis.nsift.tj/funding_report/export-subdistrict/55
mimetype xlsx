--- v0 (2025-12-14)
+++ v1 (2026-03-09)
@@ -47,51 +47,51 @@
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Subdistrict Name</t>
   </si>
   <si>
     <t>Village Name</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Restoration</t>
   </si>
   <si>
     <t>Roads and bridges</t>
   </si>
   <si>
     <t>GBAO</t>
   </si>
   <si>
     <t>Shughnon</t>
   </si>
   <si>
-    <t>Navobod</t>
+    <t>Navobod(Shugnon)</t>
   </si>
   <si>
     <t>Garchvin</t>
   </si>
   <si>
     <t>Ремонт моста в селе Горчвин, джамоат Навобод, район Шугнан</t>
   </si>
   <si>
     <t>New construction</t>
   </si>
   <si>
     <t>Community sports infrastructure</t>
   </si>
   <si>
     <t>Строительство спортивного площадка в селе Горчвин, джамоат Навобод, район Шугнан</t>
   </si>
   <si>
     <t>Youth center</t>
   </si>
   <si>
     <t>Строительство центр ранного развития детей в селе Вибист, джамоат Навобод, район Шугнан</t>
   </si>
   <si>
     <t>Education</t>
   </si>