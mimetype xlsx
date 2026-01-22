--- v0 (2025-10-19)
+++ v1 (2026-01-22)
@@ -12,74 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Subprojects for 2" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Typology Name</t>
   </si>
   <si>
     <t>Region Name</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Subdistrict Name</t>
   </si>
   <si>
     <t>Village Name</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
+  </si>
+  <si>
+    <t>peoples</t>
+  </si>
+  <si>
+    <t>young_peoples</t>
+  </si>
+  <si>
+    <t>man</t>
+  </si>
+  <si>
+    <t>woman</t>
+  </si>
+  <si>
+    <t>young_man</t>
+  </si>
+  <si>
+    <t>young_woman</t>
+  </si>
+  <si>
+    <t>permanent_man</t>
+  </si>
+  <si>
+    <t>temporary_man</t>
+  </si>
+  <si>
+    <t>permanent_woman</t>
+  </si>
+  <si>
+    <t>temporary_woman</t>
   </si>
   <si>
     <t>Restoration</t>
   </si>
   <si>
     <t>Education</t>
   </si>
   <si>
     <t>Sughd</t>
   </si>
   <si>
     <t>Isfara</t>
   </si>
   <si>
     <t>Chorkuh</t>
   </si>
   <si>
     <t>Group 1  (Chorkuh)</t>
   </si>
   <si>
     <t>CSP-2B-23</t>
   </si>
   <si>
     <t>Обеспечение мебелью и оборудованием в среднего общеобразовательного учреждения №25, махаллаи Джалиён и Сари Хисор, джамоата Чоркух г. Исфара.</t>
   </si>
@@ -574,613 +604,1243 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:R21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A21" sqref="A21:H21"/>
+      <selection pane="bottomLeft" activeCell="A21" sqref="A21:R21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="208.663" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18">
       <c r="A2" s="2" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="H2" s="2" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:8">
+        <v>25</v>
+      </c>
+      <c r="I2" s="2">
+        <v>3027</v>
+      </c>
+      <c r="J2" s="2">
+        <v>887</v>
+      </c>
+      <c r="K2" s="2">
+        <v>1589</v>
+      </c>
+      <c r="L2" s="2">
+        <v>1438</v>
+      </c>
+      <c r="M2" s="2">
+        <v>0</v>
+      </c>
+      <c r="N2" s="2">
+        <v>0</v>
+      </c>
+      <c r="O2" s="2">
+        <v>0</v>
+      </c>
+      <c r="P2" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q2" s="2">
+        <v>0</v>
+      </c>
+      <c r="R2" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F3" s="3" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G3" s="3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="H3" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I3" s="3">
+        <v>4914</v>
+      </c>
+      <c r="J3" s="3">
+        <v>982</v>
+      </c>
+      <c r="K3" s="3">
+        <v>2427</v>
+      </c>
+      <c r="L3" s="3">
+        <v>2487</v>
+      </c>
+      <c r="M3" s="3">
+        <v>0</v>
+      </c>
+      <c r="N3" s="3">
+        <v>0</v>
+      </c>
+      <c r="O3" s="3">
+        <v>0</v>
+      </c>
+      <c r="P3" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q3" s="3">
+        <v>0</v>
+      </c>
+      <c r="R3" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18">
+      <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B4" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G4" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="2">
+        <v>2957</v>
+      </c>
+      <c r="J4" s="2">
+        <v>945</v>
+      </c>
+      <c r="K4" s="2">
+        <v>1127</v>
+      </c>
+      <c r="L4" s="2">
+        <v>1830</v>
+      </c>
+      <c r="M4" s="2">
+        <v>0</v>
+      </c>
+      <c r="N4" s="2">
+        <v>0</v>
+      </c>
+      <c r="O4" s="2">
+        <v>0</v>
+      </c>
+      <c r="P4" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="2">
+        <v>0</v>
+      </c>
+      <c r="R4" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18">
+      <c r="A5" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="H4" s="2" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="C5" s="3" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H5" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="I5" s="3">
+        <v>10926</v>
+      </c>
+      <c r="J5" s="3">
+        <v>0</v>
+      </c>
+      <c r="K5" s="3">
+        <v>5572</v>
+      </c>
+      <c r="L5" s="3">
+        <v>5354</v>
+      </c>
+      <c r="M5" s="3">
+        <v>0</v>
+      </c>
+      <c r="N5" s="3">
+        <v>0</v>
+      </c>
+      <c r="O5" s="3">
+        <v>0</v>
+      </c>
+      <c r="P5" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q5" s="3">
+        <v>0</v>
+      </c>
+      <c r="R5" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18">
+      <c r="A6" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>23</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      </c>
       <c r="G6" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:8">
+        <v>35</v>
+      </c>
+      <c r="I6" s="2">
+        <v>2957</v>
+      </c>
+      <c r="J6" s="2">
+        <v>945</v>
+      </c>
+      <c r="K6" s="2">
+        <v>1127</v>
+      </c>
+      <c r="L6" s="2">
+        <v>1830</v>
+      </c>
+      <c r="M6" s="2">
+        <v>0</v>
+      </c>
+      <c r="N6" s="2">
+        <v>0</v>
+      </c>
+      <c r="O6" s="2">
+        <v>0</v>
+      </c>
+      <c r="P6" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="2">
+        <v>0</v>
+      </c>
+      <c r="R6" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18">
       <c r="A7" s="3" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G7" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" s="3">
+        <v>1196</v>
+      </c>
+      <c r="J7" s="3">
+        <v>378</v>
+      </c>
+      <c r="K7" s="3">
+        <v>634</v>
+      </c>
+      <c r="L7" s="3">
+        <v>562</v>
+      </c>
+      <c r="M7" s="3">
+        <v>0</v>
+      </c>
+      <c r="N7" s="3">
+        <v>0</v>
+      </c>
+      <c r="O7" s="3">
+        <v>0</v>
+      </c>
+      <c r="P7" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="3">
+        <v>0</v>
+      </c>
+      <c r="R7" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18">
+      <c r="A8" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="I8" s="2">
+        <v>5397</v>
+      </c>
+      <c r="J8" s="2">
+        <v>1511</v>
+      </c>
+      <c r="K8" s="2">
+        <v>2752</v>
+      </c>
+      <c r="L8" s="2">
+        <v>2645</v>
+      </c>
+      <c r="M8" s="2">
+        <v>747</v>
+      </c>
+      <c r="N8" s="2">
+        <v>0</v>
+      </c>
+      <c r="O8" s="2">
+        <v>0</v>
+      </c>
+      <c r="P8" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="2">
+        <v>0</v>
+      </c>
+      <c r="R8" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18">
+      <c r="A9" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="H7" s="3" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="G9" s="3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="H9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="I9" s="3">
+        <v>3252</v>
+      </c>
+      <c r="J9" s="3">
+        <v>1010</v>
+      </c>
+      <c r="K9" s="3">
+        <v>1890</v>
+      </c>
+      <c r="L9" s="3">
+        <v>1362</v>
+      </c>
+      <c r="M9" s="3">
+        <v>0</v>
+      </c>
+      <c r="N9" s="3">
+        <v>0</v>
+      </c>
+      <c r="O9" s="3">
+        <v>0</v>
+      </c>
+      <c r="P9" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="3">
+        <v>0</v>
+      </c>
+      <c r="R9" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18">
+      <c r="A10" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="I10" s="2">
+        <v>6302</v>
+      </c>
+      <c r="J10" s="2">
+        <v>945</v>
+      </c>
+      <c r="K10" s="2">
+        <v>3120</v>
+      </c>
+      <c r="L10" s="2">
+        <v>3182</v>
+      </c>
+      <c r="M10" s="2">
+        <v>478</v>
+      </c>
+      <c r="N10" s="2">
+        <v>4</v>
+      </c>
+      <c r="O10" s="2">
+        <v>3</v>
+      </c>
+      <c r="P10" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="2">
+        <v>1</v>
+      </c>
+      <c r="R10" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18">
+      <c r="A11" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
         <v>31</v>
       </c>
-    </row>
-[...44 lines deleted...]
-      </c>
       <c r="G11" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:8">
+        <v>48</v>
+      </c>
+      <c r="I11" s="3">
+        <v>9510</v>
+      </c>
+      <c r="J11" s="3">
+        <v>1064</v>
+      </c>
+      <c r="K11" s="3">
+        <v>4631</v>
+      </c>
+      <c r="L11" s="3">
+        <v>4879</v>
+      </c>
+      <c r="M11" s="3">
+        <v>542</v>
+      </c>
+      <c r="N11" s="3">
+        <v>2</v>
+      </c>
+      <c r="O11" s="3">
+        <v>1</v>
+      </c>
+      <c r="P11" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="3">
+        <v>1</v>
+      </c>
+      <c r="R11" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18">
       <c r="A12" s="2" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:8">
+        <v>51</v>
+      </c>
+      <c r="I12" s="2">
+        <v>8410</v>
+      </c>
+      <c r="J12" s="2">
+        <v>1954</v>
+      </c>
+      <c r="K12" s="2">
+        <v>3995</v>
+      </c>
+      <c r="L12" s="2">
+        <v>4415</v>
+      </c>
+      <c r="M12" s="2">
+        <v>1012</v>
+      </c>
+      <c r="N12" s="2">
+        <v>0</v>
+      </c>
+      <c r="O12" s="2">
+        <v>0</v>
+      </c>
+      <c r="P12" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q12" s="2">
+        <v>0</v>
+      </c>
+      <c r="R12" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1031</v>
+      </c>
+      <c r="J13" s="3">
+        <v>490</v>
+      </c>
+      <c r="K13" s="3">
+        <v>511</v>
+      </c>
+      <c r="L13" s="3">
+        <v>520</v>
+      </c>
+      <c r="M13" s="3">
+        <v>255</v>
+      </c>
+      <c r="N13" s="3">
+        <v>0</v>
+      </c>
+      <c r="O13" s="3">
+        <v>0</v>
+      </c>
+      <c r="P13" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="3">
+        <v>0</v>
+      </c>
+      <c r="R13" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18">
+      <c r="A14" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="G13" s="3" t="s">
+      <c r="B14" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="I14" s="2">
+        <v>9510</v>
+      </c>
+      <c r="J14" s="2">
+        <v>1064</v>
+      </c>
+      <c r="K14" s="2">
+        <v>4631</v>
+      </c>
+      <c r="L14" s="2">
+        <v>4879</v>
+      </c>
+      <c r="M14" s="2">
+        <v>542</v>
+      </c>
+      <c r="N14" s="2">
+        <v>0</v>
+      </c>
+      <c r="O14" s="2">
+        <v>0</v>
+      </c>
+      <c r="P14" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="2">
+        <v>0</v>
+      </c>
+      <c r="R14" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18">
+      <c r="A15" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I15" s="3">
+        <v>6302</v>
+      </c>
+      <c r="J15" s="3">
+        <v>945</v>
+      </c>
+      <c r="K15" s="3">
+        <v>3120</v>
+      </c>
+      <c r="L15" s="3">
+        <v>3182</v>
+      </c>
+      <c r="M15" s="3">
+        <v>478</v>
+      </c>
+      <c r="N15" s="3">
+        <v>0</v>
+      </c>
+      <c r="O15" s="3">
+        <v>0</v>
+      </c>
+      <c r="P15" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="3">
+        <v>0</v>
+      </c>
+      <c r="R15" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18">
+      <c r="A16" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="H16" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="I16" s="2">
+        <v>5397</v>
+      </c>
+      <c r="J16" s="2">
+        <v>1511</v>
+      </c>
+      <c r="K16" s="2">
+        <v>2752</v>
+      </c>
+      <c r="L16" s="2">
+        <v>2645</v>
+      </c>
+      <c r="M16" s="2">
+        <v>747</v>
+      </c>
+      <c r="N16" s="2">
+        <v>0</v>
+      </c>
+      <c r="O16" s="2">
+        <v>0</v>
+      </c>
+      <c r="P16" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="2">
+        <v>0</v>
+      </c>
+      <c r="R16" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18">
+      <c r="A17" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="I17" s="3">
+        <v>6302</v>
+      </c>
+      <c r="J17" s="3">
+        <v>945</v>
+      </c>
+      <c r="K17" s="3">
+        <v>3120</v>
+      </c>
+      <c r="L17" s="3">
+        <v>3182</v>
+      </c>
+      <c r="M17" s="3">
+        <v>478</v>
+      </c>
+      <c r="N17" s="3">
+        <v>0</v>
+      </c>
+      <c r="O17" s="3">
+        <v>0</v>
+      </c>
+      <c r="P17" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="3">
+        <v>0</v>
+      </c>
+      <c r="R17" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18">
+      <c r="A18" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="H13" s="3" t="s">
-[...74 lines deleted...]
-      <c r="G16" s="2" t="s">
+      <c r="C18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="H16" s="2" t="s">
-[...25 lines deleted...]
-      <c r="H17" s="3" t="s">
+      <c r="G18" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="I18" s="2">
+        <v>8410</v>
+      </c>
+      <c r="J18" s="2">
+        <v>1954</v>
+      </c>
+      <c r="K18" s="2">
+        <v>3995</v>
+      </c>
+      <c r="L18" s="2">
+        <v>4415</v>
+      </c>
+      <c r="M18" s="2">
+        <v>1012</v>
+      </c>
+      <c r="N18" s="2">
+        <v>0</v>
+      </c>
+      <c r="O18" s="2">
+        <v>0</v>
+      </c>
+      <c r="P18" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="2">
+        <v>0</v>
+      </c>
+      <c r="R18" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18">
+      <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F19" s="3" t="s">
         <v>52</v>
       </c>
-    </row>
-[...42 lines deleted...]
-      <c r="F19" s="3" t="s">
+      <c r="G19" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1031</v>
+      </c>
+      <c r="J19" s="3">
+        <v>490</v>
+      </c>
+      <c r="K19" s="3">
+        <v>511</v>
+      </c>
+      <c r="L19" s="3">
+        <v>520</v>
+      </c>
+      <c r="M19" s="3">
+        <v>255</v>
+      </c>
+      <c r="N19" s="3">
+        <v>0</v>
+      </c>
+      <c r="O19" s="3">
+        <v>0</v>
+      </c>
+      <c r="P19" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="3">
+        <v>0</v>
+      </c>
+      <c r="R19" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18">
+      <c r="A20" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="G19" s="3" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B20" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:8">
+        <v>68</v>
+      </c>
+      <c r="I20" s="2">
+        <v>4924</v>
+      </c>
+      <c r="J20" s="2">
+        <v>935</v>
+      </c>
+      <c r="K20" s="2">
+        <v>2427</v>
+      </c>
+      <c r="L20" s="2">
+        <v>2487</v>
+      </c>
+      <c r="M20" s="2">
+        <v>454</v>
+      </c>
+      <c r="N20" s="2">
+        <v>0</v>
+      </c>
+      <c r="O20" s="2">
+        <v>0</v>
+      </c>
+      <c r="P20" s="2">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="2">
+        <v>0</v>
+      </c>
+      <c r="R20" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18">
       <c r="A21" s="3" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>60</v>
+        <v>70</v>
+      </c>
+      <c r="I21" s="3">
+        <v>8410</v>
+      </c>
+      <c r="J21" s="3">
+        <v>0</v>
+      </c>
+      <c r="K21" s="3">
+        <v>3995</v>
+      </c>
+      <c r="L21" s="3">
+        <v>4415</v>
+      </c>
+      <c r="M21" s="3">
+        <v>1012</v>
+      </c>
+      <c r="N21" s="3">
+        <v>0</v>
+      </c>
+      <c r="O21" s="3">
+        <v>0</v>
+      </c>
+      <c r="P21" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="3">
+        <v>0</v>
+      </c>
+      <c r="R21" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">