--- v0 (2025-10-19)
+++ v1 (2026-01-22)
@@ -12,74 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Subprojects for 134" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Typology Name</t>
   </si>
   <si>
     <t>Region Name</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Subdistrict Name</t>
   </si>
   <si>
     <t>Village Name</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
+  </si>
+  <si>
+    <t>peoples</t>
+  </si>
+  <si>
+    <t>young_peoples</t>
+  </si>
+  <si>
+    <t>man</t>
+  </si>
+  <si>
+    <t>woman</t>
+  </si>
+  <si>
+    <t>young_man</t>
+  </si>
+  <si>
+    <t>young_woman</t>
+  </si>
+  <si>
+    <t>permanent_man</t>
+  </si>
+  <si>
+    <t>temporary_man</t>
+  </si>
+  <si>
+    <t>permanent_woman</t>
+  </si>
+  <si>
+    <t>temporary_woman</t>
   </si>
   <si>
     <t>New construction</t>
   </si>
   <si>
     <t>Energy</t>
   </si>
   <si>
     <t>Khatlon</t>
   </si>
   <si>
     <t>Kulob</t>
   </si>
   <si>
     <t>Dahana</t>
   </si>
   <si>
     <t>Yosuchiyon</t>
   </si>
   <si>
     <t>SERSP-1A-32</t>
   </si>
   <si>
     <t>SERSP-1A-32 Восстановление системы электроснабжения села Ёсучиян джамоата Дахана города Куляб</t>
   </si>
@@ -432,119 +462,179 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:R2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2:H2"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2:R2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>17</v>
+      </c>
     </row>
-    <row r="2" spans="1:8">
+    <row r="2" spans="1:18">
       <c r="A2" s="2" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="H2" s="2" t="s">
-        <v>15</v>
+        <v>25</v>
+      </c>
+      <c r="I2" s="2">
+        <v>0</v>
+      </c>
+      <c r="J2" s="2">
+        <v>0</v>
+      </c>
+      <c r="K2" s="2">
+        <v>0</v>
+      </c>
+      <c r="L2" s="2">
+        <v>0</v>
+      </c>
+      <c r="M2" s="2">
+        <v>0</v>
+      </c>
+      <c r="N2" s="2">
+        <v>3</v>
+      </c>
+      <c r="O2" s="2">
+        <v>0</v>
+      </c>
+      <c r="P2" s="2">
+        <v>3</v>
+      </c>
+      <c r="Q2" s="2">
+        <v>0</v>
+      </c>
+      <c r="R2" s="2">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">